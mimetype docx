--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -1,142 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00405FA8" w:rsidRDefault="00C8786D" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002226E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ugunsdrošības un civilās aizsardzības koledžas</w:t>
       </w:r>
       <w:r w:rsidR="00405FA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002226E3" w:rsidRPr="002226E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="002226E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">irektoram </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002226E3" w:rsidRPr="002226E3" w:rsidRDefault="004B2699" w:rsidP="00A057EE">
+    <w:p w:rsidR="002226E3" w:rsidRPr="002226E3" w:rsidRDefault="004F1C05" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>majoram</w:t>
       </w:r>
       <w:r w:rsidR="00405FA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Valdim</w:t>
-[...13 lines deleted...]
-        <w:t>Cielēna</w:t>
+        <w:t>Valdim Cielēnam</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="002226E3" w:rsidRPr="002226E3">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00C8786D" w:rsidRDefault="00C8786D" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002226E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ķengaraga ielā 3/1, Rīgā, LV-1063</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00405FA8" w:rsidRDefault="00405FA8" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -149,51 +128,51 @@
         </w:rPr>
         <w:t xml:space="preserve">tālr. 67803504, e-pasts: </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="00405FA8">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
           </w:rPr>
           <w:t>pasts@ucak.vugd.gov.lv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00241896" w:rsidRDefault="00241896" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4536"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="4536" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4526"/>
       </w:tblGrid>
       <w:tr w:rsidR="00241896" w:rsidTr="00357E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4526" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00241896" w:rsidRDefault="00241896" w:rsidP="00A057EE">
             <w:pPr>
@@ -377,51 +356,51 @@
       </w:r>
       <w:r w:rsidR="00AD11DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00A057EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">iesniegto </w:t>
       </w:r>
       <w:r w:rsidR="00AD11DB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">paraugu testēšanu pēc nepieciešamās metodes: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD11DB" w:rsidTr="00AD11DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00AD11DB" w:rsidRDefault="00AD11DB" w:rsidP="00A057EE">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -471,51 +450,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00241896" w:rsidRDefault="00AD11DB" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Iesniegtā parauga/paraugu apraksts:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="002E41CF" w:rsidTr="002E41CF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="002E41CF" w:rsidRDefault="002E41CF" w:rsidP="00A057EE">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -698,51 +677,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A057EE" w:rsidRDefault="00A057EE" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Kontaktpersonas par paraugu testēšanu vārds, uzvārds, tālrunis, e-pasts:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="001F43B8" w:rsidTr="001F43B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="001F43B8" w:rsidRDefault="001F43B8" w:rsidP="00A057EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -787,51 +766,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00933E40" w:rsidRDefault="00933E40" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C8786D" w:rsidRDefault="00C8786D" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Reatabula"/>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3150"/>
         <w:gridCol w:w="2788"/>
         <w:gridCol w:w="3134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00357E65" w:rsidTr="00357E65">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3150" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00357E65" w:rsidRDefault="00357E65" w:rsidP="00A057EE">
@@ -949,263 +928,277 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00357E65" w:rsidRPr="00C8786D" w:rsidRDefault="00357E65" w:rsidP="00A057EE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00357E65" w:rsidRPr="00C8786D" w:rsidSect="00405FA8">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1133" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00910F40" w:rsidRDefault="00910F40" w:rsidP="00F10CAB">
+    <w:p w:rsidR="00F10CAB" w:rsidRDefault="00F10CAB" w:rsidP="00F10CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00910F40" w:rsidRDefault="00910F40" w:rsidP="00F10CAB">
+    <w:p w:rsidR="00F10CAB" w:rsidRDefault="00F10CAB" w:rsidP="00F10CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00910F40" w:rsidRDefault="00910F40" w:rsidP="00F10CAB">
+    <w:p w:rsidR="00F10CAB" w:rsidRDefault="00F10CAB" w:rsidP="00F10CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00910F40" w:rsidRDefault="00910F40" w:rsidP="00F10CAB">
+    <w:p w:rsidR="00F10CAB" w:rsidRDefault="00F10CAB" w:rsidP="00F10CAB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00F10CAB" w:rsidRPr="00F10CAB" w:rsidRDefault="00F10CAB" w:rsidP="00F10CAB">
     <w:pPr>
-      <w:pStyle w:val="Galvene"/>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F10CAB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>KRG</w:t>
     </w:r>
     <w:r w:rsidR="008A1EAB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidRPr="00F10CAB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>9-P-06</w:t>
     </w:r>
     <w:r w:rsidR="008A1EAB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>/1.r.</w:t>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="004F1C05">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="008A1EAB">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>.r.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="70"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C8786D"/>
     <w:rsid w:val="0008060D"/>
     <w:rsid w:val="001F43B8"/>
     <w:rsid w:val="002226E3"/>
     <w:rsid w:val="00241896"/>
     <w:rsid w:val="002E41CF"/>
     <w:rsid w:val="00343277"/>
     <w:rsid w:val="00357E65"/>
     <w:rsid w:val="00405FA8"/>
-    <w:rsid w:val="004B2699"/>
+    <w:rsid w:val="004F1C05"/>
     <w:rsid w:val="006B3B71"/>
     <w:rsid w:val="00733D38"/>
     <w:rsid w:val="0077672F"/>
     <w:rsid w:val="00802E20"/>
     <w:rsid w:val="008A1EAB"/>
     <w:rsid w:val="008C5596"/>
-    <w:rsid w:val="00910F40"/>
     <w:rsid w:val="00933E40"/>
     <w:rsid w:val="009D6AE9"/>
     <w:rsid w:val="00A057EE"/>
     <w:rsid w:val="00AD11DB"/>
     <w:rsid w:val="00C8786D"/>
     <w:rsid w:val="00CA4C59"/>
     <w:rsid w:val="00F10CAB"/>
     <w:rsid w:val="00FE2F68"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6D135432"/>
+  <w14:docId w14:val="3001EE9B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9C4CF397-A7FE-4348-9615-EEED2A9142AE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1267,98 +1260,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1533,159 +1523,163 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipersaite">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00405FA8"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Reatabula">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Parastatabula"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00241896"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Galvene">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="GalveneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F10CAB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Galvene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F10CAB"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kjene">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Parasts"/>
-    <w:link w:val="KjeneRakstz"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F10CAB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
-[...2 lines deleted...]
-    <w:link w:val="Kjene"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F10CAB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pasts@ucak.vugd.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>