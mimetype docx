--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -1,5295 +1,1584 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="00435227" w:rsidP="00435227">
-[...9 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="4068" w:type="dxa"/>
+        <w:tblInd w:w="3119" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1080"/>
-        <w:gridCol w:w="3923"/>
+        <w:gridCol w:w="5428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D155AD" w:rsidTr="002F0FB1">
-[...5 lines deleted...]
-          <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="000D3B8C" w:rsidP="003805ED">
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E1718">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Ugunsdrošības un civilās aizsardzības</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D155AD" w:rsidTr="002F0FB1">
-[...5 lines deleted...]
-          <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="000D3B8C" w:rsidP="003805ED">
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E1718">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>koledžas direktoram</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D155AD" w:rsidTr="002F0FB1">
-[...5 lines deleted...]
-          <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="00435227" w:rsidP="003805ED">
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D155AD" w:rsidTr="002F0FB1">
-[...5 lines deleted...]
-          <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="00435227" w:rsidP="003805ED">
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D155AD" w:rsidTr="002F0FB1">
-[...2 lines deleted...]
-            <w:tcW w:w="5003" w:type="dxa"/>
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6840"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E1718">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(reflektanta vārds, uzvārds ģenitīvā)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5428" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6840"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reatabula"/>
+        <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1978"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00997A3A" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00997A3A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>personas kods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00997A3A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="296" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00716355" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00716355">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="3261" w:type="dxa"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5810"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:trPr>
+          <w:trHeight w:val="158"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6840"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6840"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6840"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E1718">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>(faktiskā</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dzīves</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E1718">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>vietas adrese</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6840"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reatabula"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3328"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="336"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00374F4F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00751E55" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00997A3A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>kontakttālruņa Nr.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00751E55">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> +371</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="00110005" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="3261" w:type="dxa"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1887"/>
+        <w:gridCol w:w="3923"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00374F4F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="00435227" w:rsidP="003805ED">
+          <w:p w:rsidR="00374F4F" w:rsidRDefault="00374F4F" w:rsidP="00387182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="6840"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D155AD" w:rsidTr="002F0FB1">
-[...2 lines deleted...]
-            <w:tcW w:w="5003" w:type="dxa"/>
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:trPr>
+          <w:trHeight w:val="158"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5810" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-          <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="000D3B8C" w:rsidP="003805ED">
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRDefault="00374F4F" w:rsidP="00387182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E1718">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>(</w:t>
+              <w:t>(deklarētā dzīvesvietas adrese, ja tā atšķiras no faktiskās dzīvesvietas adreses)</w:t>
             </w:r>
-            <w:r w:rsidR="00694EFD" w:rsidRPr="001E1718">
-[...143 lines deleted...]
-          <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="000D3B8C" w:rsidP="002F0FB1">
+          </w:p>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="0004305C" w:rsidRDefault="00374F4F" w:rsidP="00387182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E1718">
-[...30 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D155AD" w:rsidRPr="000E0890" w:rsidTr="002F0FB1">
-[...5 lines deleted...]
-          <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="00435227" w:rsidP="003805ED">
+      <w:tr w:rsidR="00374F4F" w:rsidTr="00387182">
+        <w:trPr>
+          <w:trHeight w:val="158"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1887" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00387182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...21 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...45 lines deleted...]
-            <w:r w:rsidRPr="001E1718">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>e-pasts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3923" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0063112D" w:rsidRPr="0004305C" w:rsidRDefault="000D3B8C" w:rsidP="003805ED">
+          <w:p w:rsidR="00374F4F" w:rsidRDefault="00374F4F" w:rsidP="00387182">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="00435227" w:rsidP="00435227">
+    <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="000D3B8C" w:rsidP="00435227">
+    <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1718">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>IESNIEGUMS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="00435227" w:rsidP="00435227">
+    <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE6141" w:rsidRPr="001E1718" w:rsidRDefault="000D3B8C" w:rsidP="00FE6141">
+    <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1718">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> (vieta), </w:t>
       </w:r>
-      <w:r w:rsidR="008B78C8">
-[...21 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>___.___.2026.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0063112D" w:rsidRPr="001E1718" w:rsidRDefault="0063112D" w:rsidP="00435227">
+    <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="000D3B8C" w:rsidP="00435227">
+    <w:p w:rsidR="00374F4F" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
+        <w:spacing w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1718">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lūdzu uzņemt mani </w:t>
+        <w:t xml:space="preserve">Lūdzu uzņemt mani pilna laika klātienes studijām Ugunsdrošības un civilās aizsardzības koledžā </w:t>
       </w:r>
-      <w:r w:rsidR="00957CB7" w:rsidRPr="001E1718">
-[...15 lines deleted...]
-      <w:r w:rsidR="007568A7">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>īsā cikla</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1718">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> profesionālās </w:t>
       </w:r>
-      <w:r w:rsidR="0031162D">
-[...29 lines deleted...]
-        <w:t>Ugunsdrošība un ugunsdzēsība”</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>augstākās izglītības studiju programmā “</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1718">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Ugunsdrošība un ugunsdzēsība”. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00435227" w:rsidRDefault="000D3B8C" w:rsidP="001024C3">
+    <w:p w:rsidR="00374F4F" w:rsidRPr="00E7068A" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
-        <w:ind w:firstLine="720"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E1718">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="001E1718">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="lv-LV"/>
+          </w:rPr>
+          <w:id w:val="337825848"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+              <w:lang w:val="lv-LV"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00144F23">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iekrītu, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk211266823"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>ka informāciju par manu vidējo izglītību apliecinošo dokumentu un vispārējās vidējās izglītības sertifikātiem, kas izsniegti pēc 2010. gada 1. septembra, Ugunsdrošības un civilās aizsardzības koledža saņem no Valsts izglītības informācijas sistēmas</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F0FB1" w:rsidRPr="001E1718" w:rsidRDefault="000D3B8C" w:rsidP="001024C3">
+    <w:p w:rsidR="00374F4F" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E1718">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>Ar uzņemšanas noteikumiem un studiju kārtību Ugunsdrošības un civilās aizsardzības koledžā esmu iepazinies/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E1718">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>usies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E1718">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Piekrītu, ka Ugunsdrošības un civilās aizsardzības koledža, lai nodrošinātu uzņemšanu un studiju procesu, veiks manu personas datu apstrādi. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="00435227" w:rsidP="00435227">
+    <w:p w:rsidR="00374F4F" w:rsidRPr="001E1718" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00435227" w:rsidRPr="001E1718" w:rsidRDefault="000D3B8C" w:rsidP="0063112D">
+    <w:p w:rsidR="00687738" w:rsidRDefault="00374F4F" w:rsidP="00374F4F">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1718">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1718">
         <w:rPr>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>paraksts</w:t>
-[...8 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>paraksts)</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1718">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00957CB7" w:rsidRDefault="00957CB7" w:rsidP="00431AA6">
-[...123 lines deleted...]
-    <w:sectPr w:rsidR="00EE1433" w:rsidRPr="001E1718" w:rsidSect="00891CC5">
+    <w:sectPr w:rsidR="00687738" w:rsidSect="00374F4F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="1134" w:bottom="284" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="381"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...11 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...3007 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-  <w:noPunctuationKerning/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E11103"/>
-[...1075 lines deleted...]
-    <w:rsid w:val="00FF7C4B"/>
+    <w:rsidRoot w:val="00374F4F"/>
+    <w:rsid w:val="00374F4F"/>
+    <w:rsid w:val="00687738"/>
+    <w:rsid w:val="00D108A1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6275F0A3"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{50F7A759-2AA6-4897-AC28-79F62F6C2075}"/>
+  <w15:docId w15:val="{B230982A-8757-4143-91C0-7193DE28FE5B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...12 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -5438,420 +1727,217 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00374F4F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...2 lines deleted...]
-    <w:rsid w:val="00313D42"/>
+  <w:style w:type="table" w:styleId="Reatabula">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Parastatabula"/>
+    <w:rsid w:val="00374F4F"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="009C1580"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
-  </w:style>
-[...11 lines deleted...]
-    <w:rsid w:val="006F1E84"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...184 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:encoding w:val="windows-1251"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
@@ -5985,95 +2071,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>510</Words>
-  <Characters>292</Characters>
+  <Words>679</Words>
+  <Characters>388</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>APSTIPRINĀTS</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>VUGD</Company>
+  <Company>LR IEM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>801</CharactersWithSpaces>
+  <CharactersWithSpaces>1065</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>APSTIPRINĀTS</dc:title>
-  <dc:creator>Elga</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Solveiga Zelča</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>